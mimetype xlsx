--- v0 (2026-01-23)
+++ v1 (2026-03-24)
@@ -76,2012 +76,2012 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H158"/>
   <cols>
     <col min="1" max="1" width="3"/>
     <col min="2" max="2" width="2"/>
     <col min="3" max="3" width="2"/>
     <col min="4" max="4" width="2"/>
     <col min="5" max="5" width="2"/>
     <col min="6" max="6" width="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1">
         <v>1</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B2">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="C2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E2" t="s">
         <v>0</v>
       </c>
       <c r="F2">
-        <v>36</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D4">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E4" t="s">
         <v>0</v>
       </c>
       <c r="F4">
-        <v>16</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D6">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E6" t="s">
         <v>0</v>
       </c>
       <c r="F6">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="B8">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C8">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E8" t="s">
         <v>0</v>
       </c>
       <c r="F8">
-        <v>20</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="B10">
         <v>7</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E10" t="s">
         <v>0</v>
       </c>
       <c r="F10">
-        <v>21</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="B12">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C12">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D12">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E12" t="s">
         <v>0</v>
       </c>
       <c r="F12">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B14">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C14">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D14">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E14" t="s">
         <v>0</v>
       </c>
       <c r="F14">
-        <v>42</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>9</v>
       </c>
       <c r="B16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C16">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D16">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E16" t="s">
         <v>0</v>
       </c>
       <c r="F16">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>9</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="B18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E18" t="s">
         <v>0</v>
       </c>
       <c r="F18">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="B20">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D20">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E20" t="s">
         <v>0</v>
       </c>
       <c r="F20">
-        <v>54</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>11</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B22">
         <v>1</v>
       </c>
       <c r="C22">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D22">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E22" t="s">
         <v>0</v>
       </c>
       <c r="F22">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="B24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C24">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>0</v>
       </c>
       <c r="F24">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>13</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B26">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C26">
         <v>4</v>
       </c>
       <c r="D26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E26" t="s">
         <v>0</v>
       </c>
       <c r="F26">
-        <v>18</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>3</v>
       </c>
       <c r="B28">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C28">
         <v>5</v>
       </c>
       <c r="D28">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E28" t="s">
         <v>0</v>
       </c>
       <c r="F28">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>8</v>
       </c>
       <c r="B30">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C30">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D30">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E30" t="s">
         <v>0</v>
       </c>
       <c r="F30">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="B32">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C32">
         <v>1</v>
       </c>
       <c r="D32">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E32" t="s">
         <v>0</v>
       </c>
       <c r="F32">
-        <v>7</v>
+        <v>48</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B34">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C34">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D34">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E34" t="s">
         <v>0</v>
       </c>
       <c r="F34">
-        <v>7</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B36">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E36" t="s">
         <v>0</v>
       </c>
       <c r="F36">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>19</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="B38">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D38">
         <v>2</v>
       </c>
       <c r="E38" t="s">
         <v>0</v>
       </c>
       <c r="F38">
-        <v>64</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>20</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B40">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="C40">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D40">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="E40" t="s">
         <v>0</v>
       </c>
       <c r="F40">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B42">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C42">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D42">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E42" t="s">
         <v>0</v>
       </c>
       <c r="F42">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>22</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>4</v>
       </c>
       <c r="B44">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C44">
         <v>2</v>
       </c>
       <c r="D44">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E44" t="s">
         <v>0</v>
       </c>
       <c r="F44">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>23</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="B46">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C46">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E46" t="s">
         <v>0</v>
       </c>
       <c r="F46">
-        <v>18</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>24</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>1</v>
       </c>
       <c r="B48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C48">
         <v>1</v>
       </c>
       <c r="D48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E48" t="s">
         <v>0</v>
       </c>
       <c r="F48">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>4</v>
       </c>
       <c r="B50">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C50">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D50">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E50" t="s">
         <v>0</v>
       </c>
       <c r="F50">
-        <v>8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B52">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C52">
         <v>4</v>
       </c>
       <c r="D52">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E52" t="s">
         <v>0</v>
       </c>
       <c r="F52">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>27</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="B54">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C54">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D54">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E54" t="s">
         <v>0</v>
       </c>
       <c r="F54">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>28</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B56">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C56">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E56" t="s">
         <v>0</v>
       </c>
       <c r="F56">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>29</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="B58">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C58">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D58">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E58" t="s">
         <v>0</v>
       </c>
       <c r="F58">
-        <v>8</v>
+        <v>48</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>30</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="B60">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C60">
         <v>3</v>
       </c>
       <c r="D60">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E60" t="s">
         <v>0</v>
       </c>
       <c r="F60">
-        <v>7</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>31</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B62">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C62">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D62">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E62" t="s">
         <v>0</v>
       </c>
       <c r="F62">
-        <v>18</v>
+        <v>54</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>32</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B64">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="C64">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D64">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E64" t="s">
         <v>0</v>
       </c>
       <c r="F64">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>33</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B66">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C66">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D66">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E66" t="s">
         <v>0</v>
       </c>
       <c r="F66">
-        <v>48</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>34</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="B68">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C68">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D68">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E68" t="s">
         <v>0</v>
       </c>
       <c r="F68">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>35</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="B70">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C70">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D70">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E70" t="s">
         <v>0</v>
       </c>
       <c r="F70">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>36</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>5</v>
       </c>
       <c r="B72">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C72">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D72">
         <v>2</v>
       </c>
       <c r="E72" t="s">
         <v>0</v>
       </c>
       <c r="F72">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>37</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="B74">
         <v>8</v>
       </c>
       <c r="C74">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D74">
         <v>6</v>
       </c>
       <c r="E74" t="s">
         <v>0</v>
       </c>
       <c r="F74">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>38</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C76">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D76">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E76" t="s">
         <v>0</v>
       </c>
       <c r="F76">
-        <v>24</v>
+        <v>36</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>39</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B78">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C78">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D78">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E78" t="s">
         <v>0</v>
       </c>
       <c r="F78">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>40</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>6</v>
       </c>
       <c r="B80">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="C80">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D80">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E80" t="s">
         <v>0</v>
       </c>
       <c r="F80">
-        <v>54</v>
+        <v>36</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>41</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="B82">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C82">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D82">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E82" t="s">
         <v>0</v>
       </c>
       <c r="F82">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>42</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="B84">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C84">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D84">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E84" t="s">
         <v>0</v>
       </c>
       <c r="F84">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>43</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>9</v>
       </c>
       <c r="B86">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C86">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D86">
         <v>4</v>
       </c>
       <c r="E86" t="s">
         <v>0</v>
       </c>
       <c r="F86">
-        <v>45</v>
+        <v>72</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>44</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="B88">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C88">
         <v>4</v>
       </c>
       <c r="D88">
         <v>6</v>
       </c>
       <c r="E88" t="s">
         <v>0</v>
       </c>
       <c r="F88">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>45</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B90">
         <v>7</v>
       </c>
       <c r="C90">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D90">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E90" t="s">
         <v>0</v>
       </c>
       <c r="F90">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>46</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B92">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C92">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D92">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E92" t="s">
         <v>0</v>
       </c>
       <c r="F92">
-        <v>4</v>
+        <v>18</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>47</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B94">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C94">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D94">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E94" t="s">
         <v>0</v>
       </c>
       <c r="F94">
-        <v>48</v>
+        <v>36</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>48</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B96">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C96">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D96">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E96" t="s">
         <v>0</v>
       </c>
       <c r="F96">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>49</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B98">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C98">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D98">
         <v>2</v>
       </c>
       <c r="E98" t="s">
         <v>0</v>
       </c>
       <c r="F98">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>50</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B100">
         <v>7</v>
       </c>
       <c r="C100">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D100">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E100" t="s">
         <v>0</v>
       </c>
       <c r="F100">
-        <v>56</v>
+        <v>42</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>51</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B102">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C102">
         <v>8</v>
       </c>
       <c r="D102">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E102" t="s">
         <v>0</v>
       </c>
       <c r="F102">
-        <v>54</v>
+        <v>3</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>52</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="B104">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="C104">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D104">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E104" t="s">
         <v>0</v>
       </c>
       <c r="F104">
-        <v>72</v>
+        <v>4</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>53</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B106">
         <v>1</v>
       </c>
       <c r="C106">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D106">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E106" t="s">
         <v>0</v>
       </c>
       <c r="F106">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>54</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B108">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C108">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D108">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E108" t="s">
         <v>0</v>
       </c>
       <c r="F108">
-        <v>48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>55</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B110">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C110">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D110">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E110" t="s">
         <v>0</v>
       </c>
       <c r="F110">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>56</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="B112">
         <v>8</v>
       </c>
       <c r="C112">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D112">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E112" t="s">
         <v>0</v>
       </c>
       <c r="F112">
-        <v>56</v>
+        <v>16</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>57</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B114">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C114">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D114">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E114" t="s">
         <v>0</v>
       </c>
       <c r="F114">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>58</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C116">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D116">
         <v>4</v>
       </c>
       <c r="E116" t="s">
         <v>0</v>
       </c>
       <c r="F116">
-        <v>8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>59</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="B118">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C118">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D118">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E118" t="s">
         <v>0</v>
       </c>
       <c r="F118">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>60</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="B120">
         <v>3</v>
       </c>
       <c r="C120">
         <v>7</v>
       </c>
       <c r="D120">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E120" t="s">
         <v>0</v>
       </c>
       <c r="F120">
-        <v>21</v>
+        <v>3</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>61</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B122">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="C122">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D122">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E122" t="s">
         <v>0</v>
       </c>
       <c r="F122">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>62</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="B124">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C124">
         <v>1</v>
       </c>
       <c r="D124">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E124" t="s">
         <v>0</v>
       </c>
       <c r="F124">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>63</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="B126">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C126">
         <v>5</v>
       </c>
       <c r="D126">
         <v>1</v>
       </c>
       <c r="E126" t="s">
         <v>0</v>
       </c>
       <c r="F126">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>64</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="B128">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C128">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D128">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E128" t="s">
         <v>0</v>
       </c>
       <c r="F128">
-        <v>12</v>
+        <v>36</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>65</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="B130">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C130">
         <v>5</v>
       </c>
       <c r="D130">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E130" t="s">
         <v>0</v>
       </c>
       <c r="F130">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>66</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="B132">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C132">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D132">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E132" t="s">
         <v>0</v>
       </c>
       <c r="F132">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>67</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>7</v>
       </c>
       <c r="B134">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C134">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D134">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E134" t="s">
         <v>0</v>
       </c>
       <c r="F134">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>68</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B136">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="C136">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D136">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E136" t="s">
         <v>0</v>
       </c>
       <c r="F136">
-        <v>9</v>
+        <v>42</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>69</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="B138">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="C138">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D138">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E138" t="s">
         <v>0</v>
       </c>
       <c r="F138">
-        <v>81</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>70</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="B140">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C140">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D140">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E140" t="s">
         <v>0</v>
       </c>
       <c r="F140">
         <v>6</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>71</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B142">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="C142">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D142">
         <v>9</v>
       </c>
       <c r="E142" t="s">
         <v>0</v>
       </c>
       <c r="F142">
-        <v>16</v>
+        <v>63</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>72</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B144">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C144">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D144">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E144" t="s">
         <v>0</v>
       </c>
       <c r="F144">
-        <v>40</v>
+        <v>54</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>73</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="B146">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C146">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D146">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E146" t="s">
         <v>0</v>
       </c>
       <c r="F146">
-        <v>4</v>
+        <v>72</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>74</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B148">
         <v>6</v>
       </c>
       <c r="C148">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D148">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E148" t="s">
         <v>0</v>
       </c>
       <c r="F148">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>75</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="B150">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="C150">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D150">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E150" t="s">
         <v>0</v>
       </c>
       <c r="F150">
-        <v>4</v>
+        <v>32</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>76</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="B152">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C152">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D152">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E152" t="s">
         <v>0</v>
       </c>
       <c r="F152">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>77</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B154">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C154">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D154">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E154" t="s">
         <v>0</v>
       </c>
       <c r="F154">
-        <v>18</v>
+        <v>63</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>78</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="B156">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C156">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D156">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E156" t="s">
         <v>0</v>
       </c>
       <c r="F156">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>79</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B158">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="C158">
         <v>7</v>
       </c>
       <c r="D158">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E158" t="s">
         <v>0</v>
       </c>
       <c r="F158">
-        <v>8</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>